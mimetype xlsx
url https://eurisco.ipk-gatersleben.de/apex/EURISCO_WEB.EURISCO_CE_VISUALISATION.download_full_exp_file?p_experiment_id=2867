--- v0 (2025-10-16)
+++ v1 (2026-03-12)
@@ -644,78 +644,78 @@
       <c r="G4" t="s">
         <v>57</v>
       </c>
       <c r="H4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>37273.0</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>54</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>37273.0</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>49</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6" t="s">
         <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>37280.0</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>49</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7" t="s">
         <v>54</v>
       </c>
       <c r="G7" t="s">
         <v>55</v>
       </c>
       <c r="H7" t="s">
         <v>60</v>
       </c>
@@ -884,126 +884,126 @@
       <c r="G14" t="s">
         <v>55</v>
       </c>
       <c r="H14" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>40698.0</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>49</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15" t="s">
         <v>54</v>
       </c>
       <c r="G15" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="H15" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>40698.0</v>
       </c>
       <c r="B16" t="s">
         <v>29</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>54</v>
       </c>
       <c r="G16" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H16" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>40699.0</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>49</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>54</v>
       </c>
       <c r="G17" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H17" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>40699.0</v>
       </c>
       <c r="B18" t="s">
         <v>31</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>49</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>54</v>
       </c>
       <c r="G18" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="H18" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>40713.0</v>
       </c>
       <c r="B19" t="s">
         <v>33</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>49</v>
       </c>
       <c r="E19" t="s">
         <v>50</v>
       </c>
       <c r="F19" t="s">
         <v>54</v>
       </c>
       <c r="G19" t="s">
         <v>55</v>
       </c>
       <c r="H19" t="s">
         <v>59</v>
       </c>
@@ -1076,75 +1076,75 @@
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>40822.0</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
         <v>49</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="H23" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>40822.0</v>
       </c>
       <c r="B24" t="s">
         <v>37</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>49</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H24" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>40832.0</v>
       </c>
       <c r="B25" t="s">
         <v>39</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>49</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>51</v>
       </c>
       <c r="G25" t="s">
         <v>52</v>
       </c>