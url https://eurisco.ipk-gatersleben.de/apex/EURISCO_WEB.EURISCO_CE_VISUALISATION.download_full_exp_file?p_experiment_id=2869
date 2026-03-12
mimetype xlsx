--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -282,84 +282,84 @@
   <si>
     <t>NICODE</t>
   </si>
   <si>
     <t>INSTCODE</t>
   </si>
   <si>
     <t>GENUS</t>
   </si>
   <si>
     <t>ACCENUMB</t>
   </si>
   <si>
     <t>SCORE</t>
   </si>
   <si>
     <t>CZE</t>
   </si>
   <si>
     <t>CZE122</t>
   </si>
   <si>
     <t>Triticum</t>
   </si>
   <si>
+    <t>01C0201585</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>01C0201584</t>
   </si>
   <si>
-    <t>6</t>
-[...4 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>01C0201465</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>8</t>
-  </si>
-[...1 lines deleted...]
-    <t>9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1212,123 +1212,123 @@
       <c r="H11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>37136.0</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>87</v>
       </c>
       <c r="E12" t="s">
         <v>88</v>
       </c>
       <c r="F12" t="s">
         <v>89</v>
       </c>
       <c r="G12" t="s">
         <v>92</v>
       </c>
       <c r="H12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>37136.0</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>87</v>
       </c>
       <c r="E13" t="s">
         <v>88</v>
       </c>
       <c r="F13" t="s">
         <v>89</v>
       </c>
       <c r="G13" t="s">
         <v>90</v>
       </c>
       <c r="H13" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>37137.0</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>87</v>
       </c>
       <c r="E14" t="s">
         <v>88</v>
       </c>
       <c r="F14" t="s">
         <v>89</v>
       </c>
       <c r="G14" t="s">
         <v>90</v>
       </c>
       <c r="H14" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>37137.0</v>
       </c>
       <c r="B15" t="s">
         <v>26</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>87</v>
       </c>
       <c r="E15" t="s">
         <v>88</v>
       </c>
       <c r="F15" t="s">
         <v>89</v>
       </c>
       <c r="G15" t="s">
         <v>92</v>
       </c>
       <c r="H15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>37138.0</v>
       </c>
       <c r="B16" t="s">
         <v>28</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>87</v>
       </c>
       <c r="E16" t="s">
         <v>88</v>
       </c>
       <c r="F16" t="s">
         <v>89</v>
       </c>
       <c r="G16" t="s">
         <v>92</v>
       </c>
       <c r="H16" t="s">
         <v>93</v>
       </c>
@@ -1404,75 +1404,75 @@
       <c r="H19" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>37140.0</v>
       </c>
       <c r="B20" t="s">
         <v>32</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
         <v>87</v>
       </c>
       <c r="E20" t="s">
         <v>88</v>
       </c>
       <c r="F20" t="s">
         <v>89</v>
       </c>
       <c r="G20" t="s">
         <v>92</v>
       </c>
       <c r="H20" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>37140.0</v>
       </c>
       <c r="B21" t="s">
         <v>32</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
         <v>87</v>
       </c>
       <c r="E21" t="s">
         <v>88</v>
       </c>
       <c r="F21" t="s">
         <v>89</v>
       </c>
       <c r="G21" t="s">
         <v>90</v>
       </c>
       <c r="H21" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>37141.0</v>
       </c>
       <c r="B22" t="s">
         <v>34</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
         <v>87</v>
       </c>
       <c r="E22" t="s">
         <v>88</v>
       </c>
       <c r="F22" t="s">
         <v>89</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
       <c r="H22" t="s">
         <v>94</v>
       </c>
@@ -2076,75 +2076,75 @@
       <c r="H47" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>40832.0</v>
       </c>
       <c r="B48" t="s">
         <v>59</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>87</v>
       </c>
       <c r="E48" t="s">
         <v>88</v>
       </c>
       <c r="F48" t="s">
         <v>89</v>
       </c>
       <c r="G48" t="s">
         <v>90</v>
       </c>
       <c r="H48" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>40832.0</v>
       </c>
       <c r="B49" t="s">
         <v>59</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>87</v>
       </c>
       <c r="E49" t="s">
         <v>88</v>
       </c>
       <c r="F49" t="s">
         <v>89</v>
       </c>
       <c r="G49" t="s">
         <v>92</v>
       </c>
       <c r="H49" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>40833.0</v>
       </c>
       <c r="B50" t="s">
         <v>61</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>87</v>
       </c>
       <c r="E50" t="s">
         <v>88</v>
       </c>
       <c r="F50" t="s">
         <v>89</v>
       </c>
       <c r="G50" t="s">
         <v>92</v>
       </c>
       <c r="H50" t="s">
         <v>97</v>
       </c>
@@ -2172,75 +2172,75 @@
       <c r="H51" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>40834.0</v>
       </c>
       <c r="B52" t="s">
         <v>63</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>87</v>
       </c>
       <c r="E52" t="s">
         <v>88</v>
       </c>
       <c r="F52" t="s">
         <v>89</v>
       </c>
       <c r="G52" t="s">
         <v>90</v>
       </c>
       <c r="H52" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>40834.0</v>
       </c>
       <c r="B53" t="s">
         <v>63</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>87</v>
       </c>
       <c r="E53" t="s">
         <v>88</v>
       </c>
       <c r="F53" t="s">
         <v>89</v>
       </c>
       <c r="G53" t="s">
         <v>92</v>
       </c>
       <c r="H53" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>40852.0</v>
       </c>
       <c r="B54" t="s">
         <v>65</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>87</v>
       </c>
       <c r="E54" t="s">
         <v>88</v>
       </c>
       <c r="F54" t="s">
         <v>89</v>
       </c>
       <c r="G54" t="s">
         <v>90</v>
       </c>
       <c r="H54" t="s">
         <v>96</v>
       </c>
@@ -2268,171 +2268,171 @@
       <c r="H55" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
         <v>40853.0</v>
       </c>
       <c r="B56" t="s">
         <v>67</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>87</v>
       </c>
       <c r="E56" t="s">
         <v>88</v>
       </c>
       <c r="F56" t="s">
         <v>89</v>
       </c>
       <c r="G56" t="s">
         <v>90</v>
       </c>
       <c r="H56" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>40853.0</v>
       </c>
       <c r="B57" t="s">
         <v>67</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>87</v>
       </c>
       <c r="E57" t="s">
         <v>88</v>
       </c>
       <c r="F57" t="s">
         <v>89</v>
       </c>
       <c r="G57" t="s">
         <v>92</v>
       </c>
       <c r="H57" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>40854.0</v>
       </c>
       <c r="B58" t="s">
         <v>69</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>87</v>
       </c>
       <c r="E58" t="s">
         <v>88</v>
       </c>
       <c r="F58" t="s">
         <v>89</v>
       </c>
       <c r="G58" t="s">
         <v>90</v>
       </c>
       <c r="H58" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>40854.0</v>
       </c>
       <c r="B59" t="s">
         <v>69</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>87</v>
       </c>
       <c r="E59" t="s">
         <v>88</v>
       </c>
       <c r="F59" t="s">
         <v>89</v>
       </c>
       <c r="G59" t="s">
         <v>92</v>
       </c>
       <c r="H59" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>40980.0</v>
       </c>
       <c r="B60" t="s">
         <v>71</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
         <v>87</v>
       </c>
       <c r="E60" t="s">
         <v>88</v>
       </c>
       <c r="F60" t="s">
         <v>89</v>
       </c>
       <c r="G60" t="s">
         <v>92</v>
       </c>
       <c r="H60" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>40980.0</v>
       </c>
       <c r="B61" t="s">
         <v>71</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
         <v>87</v>
       </c>
       <c r="E61" t="s">
         <v>88</v>
       </c>
       <c r="F61" t="s">
         <v>89</v>
       </c>
       <c r="G61" t="s">
         <v>90</v>
       </c>
       <c r="H61" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>40981.0</v>
       </c>
       <c r="B62" t="s">
         <v>73</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>87</v>
       </c>
       <c r="E62" t="s">
         <v>88</v>
       </c>
       <c r="F62" t="s">
         <v>89</v>
       </c>
       <c r="G62" t="s">
         <v>92</v>
       </c>
       <c r="H62" t="s">
         <v>99</v>
       </c>
@@ -2556,69 +2556,69 @@
       <c r="H67" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
         <v>40984.0</v>
       </c>
       <c r="B68" t="s">
         <v>79</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
         <v>87</v>
       </c>
       <c r="E68" t="s">
         <v>88</v>
       </c>
       <c r="F68" t="s">
         <v>89</v>
       </c>
       <c r="G68" t="s">
         <v>90</v>
       </c>
       <c r="H68" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
         <v>40984.0</v>
       </c>
       <c r="B69" t="s">
         <v>79</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>87</v>
       </c>
       <c r="E69" t="s">
         <v>88</v>
       </c>
       <c r="F69" t="s">
         <v>89</v>
       </c>
       <c r="G69" t="s">
         <v>92</v>
       </c>
       <c r="H69" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>