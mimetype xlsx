--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Experiment description" r:id="rId3" sheetId="1"/>
     <sheet name="Trait definition" r:id="rId4" sheetId="2"/>
     <sheet name="Scores" r:id="rId5" sheetId="3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1316" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1335" uniqueCount="80">
   <si>
     <t/>
   </si>
   <si>
     <t>EXPERIMENT_DESCRIPTION</t>
   </si>
   <si>
     <t>START_YEAR</t>
   </si>
   <si>
     <t>END_YEAR</t>
   </si>
   <si>
     <t>LONGITUDE</t>
   </si>
   <si>
     <t>LATITUDE</t>
   </si>
   <si>
     <t>EXPERIMENT_REPORT</t>
   </si>
   <si>
     <t>Praha Ruzyne</t>
   </si>
   <si>
@@ -198,96 +198,99 @@
   <si>
     <t>Spike - position (at full ripeness)</t>
   </si>
   <si>
     <t>Rating score (1=erect &lt; 15°, 3=semi-erect 15°- 45°, 5=horizontal 46°- 90°, 7=nodding91°-135°, 9=very nodding&gt;135°)</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>NICODE</t>
   </si>
   <si>
     <t>INSTCODE</t>
   </si>
   <si>
     <t>GENUS</t>
   </si>
   <si>
     <t>ACCENUMB</t>
   </si>
   <si>
     <t>SCORE</t>
   </si>
   <si>
+    <t>10.18730/1S2PKC</t>
+  </si>
+  <si>
     <t>CZE</t>
   </si>
   <si>
     <t>CZE122</t>
   </si>
   <si>
     <t>Triticum</t>
   </si>
   <si>
+    <t>01C0100924</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>01C0104947</t>
+  </si>
+  <si>
     <t>01C0104522</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>01C0105653</t>
   </si>
   <si>
-    <t>01C0100924</t>
-[...4 lines deleted...]
-  <si>
     <t>01C0105424</t>
   </si>
   <si>
-    <t>01C0104947</t>
-[...1 lines deleted...]
-  <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>4</t>
-  </si>
-[...1 lines deleted...]
-    <t>6</t>
   </si>
   <si>
     <t>1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -721,2147 +724,2185 @@
         <v>56</v>
       </c>
       <c r="D1" t="s">
         <v>57</v>
       </c>
       <c r="E1" t="s">
         <v>58</v>
       </c>
       <c r="F1" t="s">
         <v>59</v>
       </c>
       <c r="G1" t="s">
         <v>60</v>
       </c>
       <c r="H1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
         <v>35324.0</v>
       </c>
       <c r="B2" t="s">
         <v>13</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
       <c r="D2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>35324.0</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>35324.0</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>35324.0</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G5" t="s">
+        <v>71</v>
+      </c>
+      <c r="H5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>35324.0</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>35340.0</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>35340.0</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
-      <c r="C8"/>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>35340.0</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G9" t="s">
         <v>71</v>
       </c>
       <c r="H9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>35340.0</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G10" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H10" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>35341.0</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>35341.0</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G12" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>35341.0</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G13" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="H13" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>35341.0</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
-      <c r="C14"/>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>35342.0</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>35342.0</v>
       </c>
       <c r="B16" t="s">
         <v>19</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>35342.0</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
-      <c r="C17"/>
+      <c r="C17" t="s">
+        <v>62</v>
+      </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="H17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>35342.0</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F18" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G18" t="s">
         <v>68</v>
       </c>
       <c r="H18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>35344.0</v>
       </c>
       <c r="B19" t="s">
         <v>21</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F19" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G19" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H19" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>35344.0</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E20" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G20" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H20" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>35344.0</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
-      <c r="C21"/>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F21" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="H21" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>35346.0</v>
       </c>
       <c r="B22" t="s">
         <v>23</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G22" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="H22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>35346.0</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
-      <c r="C23"/>
+      <c r="C23" t="s">
+        <v>62</v>
+      </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G23" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H23" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>35346.0</v>
       </c>
       <c r="B24" t="s">
         <v>23</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G24" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="H24" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>35346.0</v>
       </c>
       <c r="B25" t="s">
         <v>23</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G25" t="s">
         <v>71</v>
       </c>
       <c r="H25" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>35346.0</v>
       </c>
       <c r="B26" t="s">
         <v>23</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G26" t="s">
         <v>68</v>
       </c>
       <c r="H26" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>35348.0</v>
       </c>
       <c r="B27" t="s">
         <v>25</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G27" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H27" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>35348.0</v>
       </c>
       <c r="B28" t="s">
         <v>25</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G28" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H28" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>35348.0</v>
       </c>
       <c r="B29" t="s">
         <v>25</v>
       </c>
-      <c r="C29"/>
+      <c r="C29" t="s">
+        <v>62</v>
+      </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F29" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G29" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H29" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>35348.0</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G30" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="H30" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>35354.0</v>
       </c>
       <c r="B31" t="s">
         <v>27</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G31" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H31" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>35354.0</v>
       </c>
       <c r="B32" t="s">
         <v>27</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F32" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>68</v>
       </c>
       <c r="H32" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>35354.0</v>
       </c>
       <c r="B33" t="s">
         <v>27</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F33" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G33" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="H33" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>35354.0</v>
       </c>
       <c r="B34" t="s">
         <v>27</v>
       </c>
-      <c r="C34"/>
+      <c r="C34" t="s">
+        <v>62</v>
+      </c>
       <c r="D34" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E34" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F34" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G34" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H34" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>35356.0</v>
       </c>
       <c r="B35" t="s">
         <v>29</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F35" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H35" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>35356.0</v>
       </c>
       <c r="B36" t="s">
         <v>29</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F36" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G36" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H36" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>35356.0</v>
       </c>
       <c r="B37" t="s">
         <v>29</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E37" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F37" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G37" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="H37" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>35359.0</v>
       </c>
       <c r="B38" t="s">
         <v>31</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E38" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F38" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G38" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="H38" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>35359.0</v>
       </c>
       <c r="B39" t="s">
         <v>31</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E39" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F39" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G39" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H39" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>35359.0</v>
       </c>
       <c r="B40" t="s">
         <v>31</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E40" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F40" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G40" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H40" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>35360.0</v>
       </c>
       <c r="B41" t="s">
         <v>33</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E41" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F41" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G41" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="H41" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>35360.0</v>
       </c>
       <c r="B42" t="s">
         <v>33</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F42" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G42" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="H42" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>35360.0</v>
       </c>
       <c r="B43" t="s">
         <v>33</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E43" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F43" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G43" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="H43" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>35360.0</v>
       </c>
       <c r="B44" t="s">
         <v>33</v>
       </c>
-      <c r="C44"/>
+      <c r="C44" t="s">
+        <v>62</v>
+      </c>
       <c r="D44" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E44" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F44" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G44" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H44" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>35362.0</v>
       </c>
       <c r="B45" t="s">
         <v>35</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E45" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F45" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G45" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="H45" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>35362.0</v>
       </c>
       <c r="B46" t="s">
         <v>35</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E46" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F46" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G46" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H46" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>35362.0</v>
       </c>
       <c r="B47" t="s">
         <v>35</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E47" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F47" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G47" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H47" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>35362.0</v>
       </c>
       <c r="B48" t="s">
         <v>35</v>
       </c>
-      <c r="C48"/>
+      <c r="C48" t="s">
+        <v>62</v>
+      </c>
       <c r="D48" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E48" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F48" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G48" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H48" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>35362.0</v>
       </c>
       <c r="B49" t="s">
         <v>35</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E49" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F49" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G49" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H49" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>42587.0</v>
       </c>
       <c r="B50" t="s">
         <v>37</v>
       </c>
-      <c r="C50"/>
+      <c r="C50" t="s">
+        <v>62</v>
+      </c>
       <c r="D50" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E50" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F50" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G50" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H50" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>42587.0</v>
       </c>
       <c r="B51" t="s">
         <v>37</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E51" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F51" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G51" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="H51" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>42605.0</v>
       </c>
       <c r="B52" t="s">
         <v>39</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E52" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F52" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G52" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="H52" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>42605.0</v>
       </c>
       <c r="B53" t="s">
         <v>39</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E53" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F53" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G53" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H53" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>42605.0</v>
       </c>
       <c r="B54" t="s">
         <v>39</v>
       </c>
-      <c r="C54"/>
+      <c r="C54" t="s">
+        <v>62</v>
+      </c>
       <c r="D54" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E54" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F54" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G54" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H54" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>42605.0</v>
       </c>
       <c r="B55" t="s">
         <v>39</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E55" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F55" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G55" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H55" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
         <v>42616.0</v>
       </c>
       <c r="B56" t="s">
         <v>40</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E56" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F56" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G56" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="H56" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>42616.0</v>
       </c>
       <c r="B57" t="s">
         <v>40</v>
       </c>
-      <c r="C57"/>
+      <c r="C57" t="s">
+        <v>62</v>
+      </c>
       <c r="D57" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E57" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F57" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G57" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H57" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>42617.0</v>
       </c>
       <c r="B58" t="s">
         <v>42</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E58" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F58" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G58" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="H58" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>42617.0</v>
       </c>
       <c r="B59" t="s">
         <v>42</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E59" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F59" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G59" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H59" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>42617.0</v>
       </c>
       <c r="B60" t="s">
         <v>42</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E60" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F60" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G60" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H60" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>42619.0</v>
       </c>
       <c r="B61" t="s">
         <v>44</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E61" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F61" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G61" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="H61" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>42619.0</v>
       </c>
       <c r="B62" t="s">
         <v>44</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E62" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F62" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G62" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H62" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>42619.0</v>
       </c>
       <c r="B63" t="s">
         <v>44</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E63" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F63" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G63" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H63" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
         <v>42619.0</v>
       </c>
       <c r="B64" t="s">
         <v>44</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E64" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F64" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G64" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H64" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
         <v>42619.0</v>
       </c>
       <c r="B65" t="s">
         <v>44</v>
       </c>
-      <c r="C65"/>
+      <c r="C65" t="s">
+        <v>62</v>
+      </c>
       <c r="D65" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E65" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F65" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G65" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="H65" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>42652.0</v>
       </c>
       <c r="B66" t="s">
         <v>46</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E66" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F66" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G66" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H66" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
         <v>42652.0</v>
       </c>
       <c r="B67" t="s">
         <v>46</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E67" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F67" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G67" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H67" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
         <v>42652.0</v>
       </c>
       <c r="B68" t="s">
         <v>46</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E68" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F68" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G68" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="H68" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
         <v>42652.0</v>
       </c>
       <c r="B69" t="s">
         <v>46</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E69" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F69" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G69" t="s">
+        <v>68</v>
+      </c>
+      <c r="H69" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
         <v>42652.0</v>
       </c>
       <c r="B70" t="s">
         <v>46</v>
       </c>
-      <c r="C70"/>
+      <c r="C70" t="s">
+        <v>62</v>
+      </c>
       <c r="D70" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E70" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F70" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G70" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H70" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
         <v>42654.0</v>
       </c>
       <c r="B71" t="s">
         <v>48</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E71" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F71" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G71" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="H71" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
         <v>42654.0</v>
       </c>
       <c r="B72" t="s">
         <v>48</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E72" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F72" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G72" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H72" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
         <v>42654.0</v>
       </c>
       <c r="B73" t="s">
         <v>48</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E73" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F73" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G73" t="s">
         <v>68</v>
       </c>
       <c r="H73" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>42654.0</v>
       </c>
       <c r="B74" t="s">
         <v>48</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E74" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F74" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G74" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H74" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>42654.0</v>
       </c>
       <c r="B75" t="s">
         <v>48</v>
       </c>
-      <c r="C75"/>
+      <c r="C75" t="s">
+        <v>62</v>
+      </c>
       <c r="D75" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E75" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F75" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G75" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="H75" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
         <v>42671.0</v>
       </c>
       <c r="B76" t="s">
         <v>50</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E76" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F76" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G76" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="H76" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>42671.0</v>
       </c>
       <c r="B77" t="s">
         <v>50</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E77" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F77" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G77" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="H77" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>42671.0</v>
       </c>
       <c r="B78" t="s">
         <v>50</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E78" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F78" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G78" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="H78" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>42671.0</v>
       </c>
       <c r="B79" t="s">
         <v>50</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E79" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F79" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G79" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="H79" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
         <v>42671.0</v>
       </c>
       <c r="B80" t="s">
         <v>50</v>
       </c>
-      <c r="C80"/>
+      <c r="C80" t="s">
+        <v>62</v>
+      </c>
       <c r="D80" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E80" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F80" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G80" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="H80" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>42673.0</v>
       </c>
       <c r="B81" t="s">
         <v>52</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E81" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F81" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G81" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H81" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>42673.0</v>
       </c>
       <c r="B82" t="s">
         <v>52</v>
       </c>
-      <c r="C82"/>
+      <c r="C82" t="s">
+        <v>62</v>
+      </c>
       <c r="D82" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E82" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F82" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G82" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="H82" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>42673.0</v>
       </c>
       <c r="B83" t="s">
         <v>52</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E83" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F83" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G83" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H83" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
         <v>42673.0</v>
       </c>
       <c r="B84" t="s">
         <v>52</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E84" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F84" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G84" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="H84" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>42720.0</v>
       </c>
       <c r="B85" t="s">
         <v>54</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E85" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F85" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G85" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="H85" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>42720.0</v>
       </c>
       <c r="B86" t="s">
         <v>54</v>
       </c>
-      <c r="C86"/>
+      <c r="C86" t="s">
+        <v>62</v>
+      </c>
       <c r="D86" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E86" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F86" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G86" t="s">
+        <v>66</v>
+      </c>
+      <c r="H86" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>42720.0</v>
       </c>
       <c r="B87" t="s">
         <v>54</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E87" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F87" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G87" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="H87" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
         <v>42720.0</v>
       </c>
       <c r="B88" t="s">
         <v>54</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E88" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F88" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G88" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H88" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
         <v>42720.0</v>
       </c>
       <c r="B89" t="s">
         <v>54</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E89" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F89" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G89" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H89" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>